--- v0 (2025-11-05)
+++ v1 (2026-02-19)
@@ -1,7191 +1,11672 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00710800" w:rsidRPr="000C05DC" w:rsidRDefault="00710800" w:rsidP="00710800">
-[...51 lines deleted...]
-    <w:p w:rsidR="00710800" w:rsidRPr="00F771DA" w:rsidRDefault="00710800" w:rsidP="00710800">
+    <w:p w:rsidR="00710800" w:rsidRPr="009F16C5" w:rsidRDefault="009F16C5" w:rsidP="00710800">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>PODER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>JUDICIÁRIO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="009F16C5" w:rsidRDefault="009F16C5" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>TRIBUNAL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>JUSTIÇA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>DO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>ESTADO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>DO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>AMAZONAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="009F16C5" w:rsidRDefault="009F16C5" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>28.ª SESSÃO ORDINÁRIA DA CÂMARA CRIMINAL – 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="009F16C5" w:rsidRDefault="009F16C5" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>PRESIDENTE EVENTUAL:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>EXMA.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>SRA.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>DESEMBARGADORA CARLA MARIA SANTOS DOS REIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="009F16C5" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sessão Ordinária:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>10 de novembro de 2025,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>9h.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E15AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>(Os processos abaixo serão julgados na presente sessão, ou, se adiados, nas próximas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="009F16C5" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="009F16C5" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F771DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>PODER</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>I–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Leitura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F771DA">
-[...244 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...351 lines deleted...]
-        </w:rPr>
         <w:t>Ata</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710800" w:rsidRPr="00F771DA" w:rsidRDefault="00710800" w:rsidP="00710800">
-[...54 lines deleted...]
-    <w:p w:rsidR="00710800" w:rsidRPr="00F771DA" w:rsidRDefault="00710800" w:rsidP="00710800">
+    <w:p w:rsidR="00710800" w:rsidRPr="009F16C5" w:rsidRDefault="00710800" w:rsidP="00710800">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="367"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00F771DA">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>II –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="18"/>
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Julgamento</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F771DA">
+      <w:r w:rsidRPr="009F16C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="18"/>
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F771DA">
+      <w:r w:rsidRPr="009F16C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00F771DA">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Mesa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="009654A9">
+    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="009F16C5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="358"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F771DA">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00F771DA">
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="009F16C5" w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="18"/>
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Pauta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F771DA">
+      <w:r w:rsidRPr="009F16C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="18"/>
-[...9 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F771DA">
+      <w:r w:rsidRPr="009F16C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E15AFA">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Julgamento               </w:t>
+      </w:r>
+      <w:r w:rsidR="009654A9" w:rsidRPr="009F16C5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">           </w:t>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63" w:rsidRPr="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>PAUTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>MESA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00911B6F" w:rsidRPr="008C0DCC" w:rsidRDefault="00911B6F" w:rsidP="0084083F">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRPr="00710800" w:rsidRDefault="00B95612" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="00CD2F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Habeas Corpus n.º</w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="000E64DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0021007-52.2025.8.04.9001</w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Uarini</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/AM</w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="00DD5D82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="00DD5D82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="00DD5D82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="000C702F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Origem: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vara Única da Comarca de Uarini/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRPr="00710800" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD2F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Impetrante e Advogad</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dr</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Efigênia Ge</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eros</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Araújo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(OAB/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n.º </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4508</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paciente:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sandrielle Moraes Pantoja</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRPr="00710800" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impetrado: MM. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Direito da </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vara Única da Comarca de Uarini/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma. Sra. Desembargadora Carla Maria Santos dos Reis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRPr="00B23C54" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relator:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DESEMBARGADOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>JORGE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>MANOEL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">LOPES </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>LINS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRPr="00B23C54" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37DB4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B4371">
+        <w:t>Exma. Sra. Desembargadora Vânia Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRDefault="000E64DD" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E64DD" w:rsidRDefault="000E64DD" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD67A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD67A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Justiça: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exma. Sra. Dra. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marlene Franco </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95612" w:rsidRPr="00B95612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a Silva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00112731" w:rsidRDefault="00B95612" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0DCC" w:rsidRPr="00CD2F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Habeas Corpus n.º</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0DCC" w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0018815-49.2025.8.04.9001- Manacapuru/AM</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ª Vara de Manacapuru</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/AM                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impetrante e Advogado: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aniello Miranda Aufiero</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (OAB/AM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.579</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paciente: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ericson </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Souza Tavares</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Impetrado: MM. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t xml:space="preserve"> de Direito da</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:t>ª Vara de Manacapuru</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/AM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00C724EC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:t>Carla Maria Santos dos Reis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>LUIZA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CRISTINA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>NASCIMENTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>COSTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>MARQUES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00EA0646" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jorge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manoel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lopes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00C724EC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Vânia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marinho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E237BE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Neyde Regina Demósthenes Trindade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRPr="00112731" w:rsidRDefault="009F16C5" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63" w:rsidRPr="00CD2F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Habeas Corpus n.º</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63" w:rsidRPr="00E11B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0021064-70.2025.8.04.9001</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63" w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63" w:rsidRPr="00E11B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Canutama</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63" w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/AM</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E11B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: Comarca de Canutama/AM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="009F16C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRPr="00DA6603" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impetrante e Defensor Público: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fernando Figueiredo Serejo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mestrinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pacientes: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11B63">
+        <w:t xml:space="preserve">Edinaldo Rodrigues </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11B63">
+        <w:t>e Almeida</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11B63">
+        <w:t xml:space="preserve">Elias Pereira </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11B63">
+        <w:t>e Souza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Impetrado: MM. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t xml:space="preserve"> de Direito da</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E11B63">
+        <w:t>Vara Única da Comarca de Canutama</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRPr="00C724EC" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:t>Carla Maria Santos dos Reis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>LUIZA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CRISTINA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>NASCIMENTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>COSTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>MARQUES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRPr="00EA0646" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jorge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manoel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lopes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRPr="00C724EC" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Vânia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marinho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E237BE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11B63" w:rsidRDefault="00E11B63" w:rsidP="00E11B63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Públio Caio Bessa Cyrino</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00806B2D" w:rsidRDefault="009F16C5" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0DCC" w:rsidRPr="00806B2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Habeas Corpus n.º 0018290-67.2025.8.04.9001 - Japurá/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: Vara Única da Comarca de Japurá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/AM                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B61C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Impetrante e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Advogado: Dr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fernando Avilino Pereira </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18345</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00710800" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paciente: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cleudomar Vasconcelos Cavalcante</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Impetrado: MM. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t xml:space="preserve"> de Direito da Vara Única da Comarca de Japurá</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00A44A24" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>DESA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>CARLA MARIA SANTOS DOS REIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00A44A24" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED4A23">
+        <w:t>Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Anselmo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve"> Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00A44A24" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Desembargadora Vânia </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="00A44A24" w:rsidRDefault="008C0DCC" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marques </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="009F16C5" w:rsidRDefault="008C0DCC" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Justiça:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Carlos Lélio Lauria Ferreira</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00DA6603" w:rsidRDefault="009F16C5" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="000411AA" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Habeas Corpus n.º</w:t>
+      </w:r>
+      <w:r w:rsidR="000411AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0018167-69.2025.8.04.9001 -Manaus </w:t>
+      </w:r>
+      <w:r w:rsidR="000411AA" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00DA6603" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ª Vara do Tribunal do Júri da Comarca de Manaus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00DA6603" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impetrante e Defensor Público: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fernando Figueiredo Serejo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mestrinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Paciente: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:t xml:space="preserve">Juneleno Nunes </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:t>a Silva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00DA6603" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Impetra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do: MM. Juiz da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ª Vara do Tribunal do Júri da Comarca de Manaus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Relatora:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>DESA.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>CARLA MARIA SANTOS DOS REIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00A44A24" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Membros: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00A44A24" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0" w:right="-1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Desembargadora Vânia </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00DA6603" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Justiça:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:t>Carlos Lélio Lauria Ferreira</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A40DF" w:rsidRDefault="007A40DF" w:rsidP="00F11580">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="009F16C5" w:rsidP="00F11580">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agravo Interno n.º </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>0011556-03.2025.8.04.9001</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Manaus  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="006B252A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Origem: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:t xml:space="preserve">ª Vara Federal Criminal </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:t>Justiça Federal da 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:t>ª Região</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:cr/>
+      </w:r>
+      <w:r>
+        <w:t>Agravante: Ministério Público do Estado do Amazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Agravado: Mouhamad Moustafá</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Advogado: Dr. Fabricio de Melo Parente (OAB/AM n.º 5772)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B252A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Agravada: Priscila Marcolino Coutinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Advogado: Dr. Mario Vitor Magalhães Aufiero (OAB/AM n.º 8787) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRPr="00A44A24" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F11580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>DESA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>CARLA MARIA SANTOS DOS REIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRPr="00A44A24" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Membros: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRPr="00A44A24" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0" w:right="-1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRPr="00A44A24" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Desembargadora Vânia </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Justiça:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Mauro Roberto Veras Bezerra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Suspeição da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marques </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A40DF" w:rsidRDefault="007A40DF" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="009F16C5" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="002A245F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Agravo Interno n.º </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="000D5C0F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0014009-68.2025.8.04.9001</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="0045365C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Manaus </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580" w:rsidRPr="006B252A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11580">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Origem: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:t xml:space="preserve">ª Vara Federal Criminal </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:t>Justiça Federal da 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:t>ª Região</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D40E7E">
+        <w:cr/>
+      </w:r>
+      <w:r>
+        <w:t>Agravante: Ministério Público do Estado do Amazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Agravado: Mouhamad Moustafá  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Advogado: Dr. Fabricio de Melo Parente (OAB/AM n.º 5772)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B252A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Agravado: André Luis Barreto Becil </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Advogada: Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745C5C">
+        <w:t xml:space="preserve">Simone Maria </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745C5C">
+        <w:t xml:space="preserve">a Costa Barbosa Guerra </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745C5C">
+        <w:t>12055</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745C5C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Agravado: Paulo Roberto Bernardi Galacio </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Defensor Público: Dr. Fernando Figueiredo Serejo Mestrinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Agravada: Jennifer Naiyara Yochabel Rufino Correa da Silva </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Advogados: Dra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745C5C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Tatiane Medina Oliveira (OAB/AM n.º 6336)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dr. Luiz Fernando Mafra Negreiros (OAB/AM n.º 5641)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRPr="00A44A24" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F11580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F11580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>DESA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>CARLA MARIA SANTOS DOS REIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRPr="00A44A24" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Membros: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRPr="00A44A24" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Desembargadora Vânia </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Justiça:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:t>Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Mauro Roberto Veras Bezerra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRPr="00A5315F" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>* Suspeições do Exmo. Sr. Desembargador Anselmo Chíxaro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="00F11580">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5315F">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marques </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F11580" w:rsidRDefault="00F11580" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="008C0DCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PAUTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>JULGAMENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRPr="000411AA" w:rsidRDefault="00065C2C" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00911B6F" w:rsidRPr="00537263" w:rsidRDefault="00911B6F" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="007A40DF" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="00230C78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="009C1546">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apelação n.º 0601102-97.2024.8.04.2000 </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="009C1546">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alvarães</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/AM</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="009C1546">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: Vara Única da Comarca de Alvarães</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00710800" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apelante: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jhuliana Guerra Avila</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00710800" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogado: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Josemar Berçot Rodrigues J</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ú</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nior</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7557</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apelantes: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Carla Rodrigues Serafim</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iago </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Souza Rodrigues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00710800" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Defensor Público: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fernando Figueiredo Serejo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mestrinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00251E78" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministério Público </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o Estado </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amazonas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00504EAF" w:rsidRDefault="002A5FAC" w:rsidP="00504EAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma. Sra. Desembargadora Carla Maria Santos dos Reis</w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00B23C54" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relator:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DESEMBARGADOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>JORGE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>MANOEL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">LOPES </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>LINS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00B23C54" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Revisor: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37DB4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4371">
+        <w:t>Exma. Sra. Desembargadora Vânia Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>José Bernardo Ferreira Júnior</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Juiz prolator da sentença: Exmo. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Igor Caminha Jorge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B4C53" w:rsidRPr="00065C2C" w:rsidRDefault="007B4C53" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00710800" w:rsidRDefault="007A40DF" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="00230C78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apelação n.º 0633674-26.2023.8.04.0001 </w:t>
+      </w:r>
+      <w:r w:rsidR="002E7068">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7068">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5FAC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00233655">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ª Vara Criminal da Comarca de Manaus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00710800" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Everton Simões Oliveira</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00710800" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Defensor Público: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fernando Figueiredo Serejo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mestrinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00251E78" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministério Público </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o Estado </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amazonas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00504EAF" w:rsidRDefault="002A5FAC" w:rsidP="00504EAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma. Sra. Desembargadora Carla Maria Santos dos Reis</w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00B23C54" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relator:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DESEMBARGADOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>JORGE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>MANOEL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">LOPES </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>LINS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="00B23C54" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Revisor: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37DB4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B4371">
+        <w:t>Exma. Sra. Desembargadora Vânia Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Públio Caio Bessa Cyrino</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Patrícia Macêdo de Campos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A5FAC" w:rsidRPr="006442AE" w:rsidRDefault="002A5FAC" w:rsidP="002A5FAC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="007A40DF" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="00537263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Apelação n.º 0722258-06.2022.8.04.0001 – Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ª Vara Criminal da Comarca de Manaus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Klinger Batista de Souza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Defensor Públic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fernando Figueiredo Serejo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mestrinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministério Público</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stado do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00504EAF" w:rsidRDefault="00103B08" w:rsidP="00504EAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exma. Sra. Desembargadora Carla Maria Santos dos Reis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00506D95" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Relator: Exmo. Sr. DESEMBARGADOR ANSELMO CHÍXARO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="007D07C5" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D07C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Revisora: Exma. Sra. Desembargadora Vânia Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00506D95" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros: Exma. Sra. Desembargadora Luiza Cristina Nascimento da Costa Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00506D95" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Jorge Manoel Lopes Lins </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:t>Procurador de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506D95">
+        <w:t>. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537263">
+        <w:t>José Bernardo Ferreira Júnior</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>íza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00963686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Patrícia Macêdo de Campos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00065C2C" w:rsidRDefault="00065C2C" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="006442AE" w:rsidRDefault="00065C2C" w:rsidP="00065C2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00911B6F" w:rsidRDefault="000411AA" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A40DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="00911B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)Apelaçã</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.º 0734633-10.2020.8.04.0001-</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="00CC7741">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ÕES</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORA</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2" w:rsidRPr="00A272C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>IS</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2" w:rsidRPr="00A272C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ª Vara Criminal da Comarca de Manaus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00251E78" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante e Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministério Público do Estado do Amazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Edivaldo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a Silva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogado: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Linconl Freire </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a Silva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00504EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Maria de Bel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m Martins Cavalcante</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00504EAF" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogado: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Josemar Berçot Rodrigues</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0097394D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ú</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nior</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7557</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00504EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B66029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Carlos Henrique Alecrim John</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Criselídia Bezerra de Moraes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B4324">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Frank Andrey Gomes de Abreu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B4324">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nayla Theresa de Moraes da Silva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advogad</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66029">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tallita Lindoso Silva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13266</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="001E01AC" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma. Sra. Desembargadora Carla Maria Santos dos Reis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="001E01AC" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>DESEMBARGADORA VÂNIA MARQUES MARINHO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="001E01AC" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Revisora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:t xml:space="preserve"> Exma. Sra. Desembargadora </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081159F">
+        <w:t>Exmo. Sr. Desembargador Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="001E01AC" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:t>Exmo. Sr. Desembargador Anselmo Chíxaro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00CC7741" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7741">
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7741">
+        <w:t xml:space="preserve"> de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7741">
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7741">
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7741">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sarah Pirangy de Souza </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr. Dr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Reyson </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e Souza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB1192">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Silva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097394D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>* Impedido o Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B4C53" w:rsidRPr="0097394D" w:rsidRDefault="007B4C53" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="009654A9" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006442AE" w:rsidRPr="00DD5D82" w:rsidRDefault="006442AE" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="000411AA" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A40DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Apelação n.º 0667813-43.2019.8.04.0001</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="00537263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>– Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇ</w:t>
+      </w:r>
+      <w:r w:rsidR="0052385A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ÕES</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORA</w:t>
+      </w:r>
+      <w:r w:rsidR="0052385A" w:rsidRPr="0052385A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>IS</w:t>
+      </w:r>
+      <w:r w:rsidR="0052385A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="0073676D" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ª Vara Criminal da Comarca de Manaus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amazonas Distribuidora </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Energia S</w:t>
       </w:r>
       <w:r w:rsidR="009654A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/A</w:t>
+      </w:r>
+      <w:r w:rsidR="009654A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advogad</w:t>
+      </w:r>
+      <w:r w:rsidR="00912F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Valeria Kassai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(OAB/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n.º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>347927</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0052385A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Taylor Carlos Rodrigues da Silva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogado: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Geraldo Sérgio Albuquerque</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ribeiro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8400</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0052385A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A272C2" w:rsidRPr="000C36B3" w:rsidRDefault="00103B08" w:rsidP="00A272C2">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2" w:rsidRPr="00A272C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2">
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2" w:rsidRPr="000C36B3">
+        <w:t xml:space="preserve">Revisora: Exma. Sra. Desembargadora Carla Maria Santos dos Reis </w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2" w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="001E01AC" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>DESEMBARGADORA VÂNIA MARQUES MARINHO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081159F">
+        <w:t>Exmo. Sr. Desembargador Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="001E01AC" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:t>Exmo. Sr. Desembargador Anselmo Chíxaro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00CC7741" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC7741">
+        <w:t>Procurador de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7741">
+        <w:t>. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:t>Carlos Lélio Lauria Ferreira</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7741">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reyson </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e Souza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Silva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A272C2" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Suspeiç</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ões</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2" w:rsidRPr="00A272C2">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2" w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A272C2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">da </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Exma. Sra.Desembargadora Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C36B3">
+        <w:rPr>
+          <w:i/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E62651">
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B4C53" w:rsidRDefault="007B4C53" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
-[...6 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A40DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Apelação n.º 0000700-64.2017.8.04.2500 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED499A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autazes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00251E78" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ara Única da Comarca de Autazes/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00251E78" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Lima Rodrigues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00251E78" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogados: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alyssonn Antonio Karrer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Melo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Monteiro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6310</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrezza Adriely </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Andrade</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D682E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bezerra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18377</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00251E78" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kariny Bianca Rodrigues </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a Silva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3779</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00251E78" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rodrigo Alencar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Arruda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D682E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Camara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20278</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00251E78" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rio P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ú</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">blico </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o Estado </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D682E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Amazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Relatora:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>DESA.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>CARLA MARIA SANTOS DOS REIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00A44A24" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251E78">
+        <w:t>Reviso</w:t>
+      </w:r>
+      <w:r>
+        <w:t>r:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve"> Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00A44A24" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0" w:right="-1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Membros: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Anselmo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve"> Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00A44A24" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:t xml:space="preserve">Desembargadora Vânia </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="00A44A24" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44A24">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marques </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Justiça:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00911B6F" w:rsidRPr="00537263" w:rsidRDefault="00911B6F" w:rsidP="00710800">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dr. Aguinelo Balbi Júnior</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="000411AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr. Dr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pedro Ésio Correia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Oliveira</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRPr="000411AA" w:rsidRDefault="000411AA" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009654A9" w:rsidRPr="009654A9" w:rsidRDefault="009654A9" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEGREDO DE JUSTIÇA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006442AE" w:rsidRPr="006442AE" w:rsidRDefault="006442AE" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="00710800" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="00710800">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="358"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="4"/>
-          <w:szCs w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...145 lines deleted...]
-      <w:r w:rsidRPr="000E6AF2">
+      <w:r w:rsidRPr="00E62651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...165 lines deleted...]
-        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>PAUTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...15 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...134 lines deleted...]
-      <w:r w:rsidRPr="00C724EC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...919 lines deleted...]
-          <w:szCs w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
-      </w:pPr>
-[...4593 lines deleted...]
-    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="00710800">
+        <w:t>MESA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006442AE" w:rsidRDefault="006442AE" w:rsidP="00710800">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="358"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E62651">
-[...90 lines deleted...]
-    <w:p w:rsidR="002300D1" w:rsidRPr="00710800" w:rsidRDefault="007B4C53" w:rsidP="002300D1">
+    </w:p>
+    <w:p w:rsidR="002300D1" w:rsidRPr="00710800" w:rsidRDefault="000411AA" w:rsidP="002300D1">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A40DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002300D1" w:rsidRPr="008456E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="002300D1" w:rsidRPr="00CD2F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Habeas Corpus n.º 0014679-09.2025.8.04.9001</w:t>
       </w:r>
       <w:r w:rsidR="002300D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8066,1563 +12547,488 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Justiça: </w:t>
       </w:r>
       <w:r w:rsidRPr="001B61C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Exma. Sra. Dra. Sílvia Abdala Tuma</w:t>
       </w:r>
       <w:r w:rsidRPr="0015434A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00112731" w:rsidRPr="007B4C53" w:rsidRDefault="00112731" w:rsidP="002300D1">
+    <w:p w:rsidR="00500AD4" w:rsidRDefault="00500AD4" w:rsidP="002300D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="8"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="008C0DCC" w:rsidRPr="007B4C53" w:rsidRDefault="008C0DCC" w:rsidP="00E237BE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00500AD4" w:rsidRPr="00112731" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:hanging="6"/>
-[...5 lines deleted...]
-          <w:szCs w:val="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A40DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00065C2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Habeas Corpus n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD2F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500AD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0019196-57.2025.8.04.9001 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">us </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500AD4" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500AD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vara de Garantias Penais e Inquéritos Policiais</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500AD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500AD4" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impetrante e Advogado: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500AD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">André Maquiné Hermont </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(OAB/AM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C0DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>155)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500AD4" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paciente: J. B. N. de L.                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Segredo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B14BB9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
         </w:rPr>
-        <w:t xml:space="preserve">SEGREDO DE JUSTIÇA </w:t>
-[...12 lines deleted...]
-          <w:szCs w:val="4"/>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
         </w:rPr>
-      </w:pPr>
-[...148 lines deleted...]
-      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...173 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
         </w:rPr>
-        <w:t>Segredo</w:t>
-[...45 lines deleted...]
-        </w:rPr>
         <w:t>Justiça</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
-[...1007 lines deleted...]
-    <w:p w:rsidR="00FC16AC" w:rsidRPr="00C724EC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+    <w:p w:rsidR="00500AD4" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Impetrado: MM. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:t xml:space="preserve"> de Direito da</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="00500AD4">
+        <w:t>Vara de Garantias Penais e Inquéritos Policiais</w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500AD4" w:rsidRPr="00C724EC" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Presidente:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+      <w:r w:rsidRPr="00112731">
         <w:t>Exma.</w:t>
       </w:r>
-      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+      <w:r w:rsidRPr="00112731">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+      <w:r w:rsidRPr="00112731">
         <w:t>Sra.</w:t>
       </w:r>
-      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+      <w:r w:rsidRPr="00112731">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+      <w:r w:rsidRPr="00112731">
         <w:t>Desembargadora</w:t>
       </w:r>
-      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
         <w:t>Carla Maria Santos dos Reis</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC16AC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+    <w:p w:rsidR="00500AD4" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Relatora:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-7"/>
@@ -9753,51 +13159,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>COSTA</w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>MARQUES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC16AC" w:rsidRPr="00EA0646" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+    <w:p w:rsidR="00500AD4" w:rsidRPr="00EA0646" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00112731">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Membros:</w:t>
       </w:r>
       <w:r w:rsidRPr="00112731">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
@@ -9894,62 +13300,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lopes </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA0646">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lins</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA0646">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC16AC" w:rsidRPr="00C724EC" w:rsidRDefault="00FC16AC" w:rsidP="00504EAF">
+    <w:p w:rsidR="00500AD4" w:rsidRPr="00C724EC" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C724EC">
         <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC16AC" w:rsidRPr="00C724EC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+    <w:p w:rsidR="00500AD4" w:rsidRDefault="00500AD4" w:rsidP="00500AD4">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C724EC">
         <w:t>Exma.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:t>Sra.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:t>Desembargadora</w:t>
@@ -9962,54 +13368,2066 @@
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:t>Vânia</w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:t>Marques</w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C724EC">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Marinho</w:t>
       </w:r>
+      <w:r w:rsidRPr="00E237BE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500AD4" w:rsidRDefault="00500AD4" w:rsidP="000E64DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007668A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E64DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E64DD" w:rsidRPr="000E64DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sílvia Abdala Tuma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00112731" w:rsidRPr="007B4C53" w:rsidRDefault="00112731" w:rsidP="002300D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C0DCC" w:rsidRPr="007B4C53" w:rsidRDefault="008C0DCC" w:rsidP="00E237BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SEGREDO DE JUSTIÇA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="00DF747F" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRPr="00BA1F17" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00710800" w:rsidRDefault="00710800" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>PAUTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>JULGAMENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B4C53" w:rsidRDefault="007B4C53" w:rsidP="00710800">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00065C2C" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A40DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="00F90769">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Apelação n.º 0213537-69.2015.8.04.0001– Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7068">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="00F90769">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00103B08" w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1ª Vara Esp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em Crimes contra Dignidade Sexual de Crianças e Adolescentes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Segredo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Justiça</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advogados: Dra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F90769">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mayara Bicharra </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Albuquerque</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15655</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vilson Gomes Benayon Filho</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5A6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4820</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00710800" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministério Público</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stado do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00504EAF" w:rsidRDefault="00103B08" w:rsidP="00504EAF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exma. Sra. Desembargadora Carla Maria Santos dos Reis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00506D95" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Relator: Exmo. Sr. DESEMBARGADOR ANSELMO CHÍXARO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="007D07C5" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D07C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Revisora: Exma. Sra. Desembargadora Vânia Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00506D95" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros: Exma. Sra. Desembargadora Luiza Cristina Nascimento da Costa Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00506D95" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Jorge Manoel Lopes Lins </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:t>Procurador de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506D95">
+        <w:t>. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F90769">
+        <w:t>Mauro Roberto Veras Bezerra</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00103B08" w:rsidRPr="00C93310" w:rsidRDefault="00103B08" w:rsidP="00103B08">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>íza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F90769">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tânia Mara Granito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F775A8" w:rsidRDefault="00F775A8" w:rsidP="00E26274">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="00E26274">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="00E26274">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="00E26274">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000411AA" w:rsidRDefault="000411AA" w:rsidP="00E26274">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRDefault="00DD5D82" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A40DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC16AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC16AC" w:rsidRPr="003D5C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelação n.º 0513193-97.2024.8.04.0001 – Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC16AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC16AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC16AC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC16AC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC16AC" w:rsidRPr="000E6AF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00FC16AC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
       <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">º Juizado Especializado da Violência Doméstica </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRPr="00710800" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Segredo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Justiça</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRPr="00710800" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogado: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaio Augusto Vital França</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15982</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0052385A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRPr="00710800" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:pStyle w:val="SemEspaamento"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Defensor Público: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fernando Figueiredo Serejo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710800">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mestrinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRPr="00C724EC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF" w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504EAF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Carla Maria Santos dos Reis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>LUIZA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CRISTINA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>NASCIMENTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>COSTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>MARQUES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRPr="00EA0646" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00112731">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jorge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manoel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lopes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRPr="00C724EC" w:rsidRDefault="00FC16AC" w:rsidP="00504EAF">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRPr="00C724EC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Vânia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC16AC" w:rsidRDefault="00FC16AC" w:rsidP="00FC16AC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007668A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Procurador</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="007668A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10242,51 +15660,60 @@
         <w:pStyle w:val="SemEspaamento"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F775A8" w:rsidRPr="00963686" w:rsidRDefault="00F775A8" w:rsidP="00F775A8">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A40DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00963686">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) Apelação n.º0001105-96.2018.8.04.5400</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00963686">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11363,161 +16790,174 @@
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="210"/>
+  <w:zoom w:percent="170"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00710800"/>
+    <w:rsid w:val="00016EE0"/>
+    <w:rsid w:val="000247A9"/>
+    <w:rsid w:val="000411AA"/>
+    <w:rsid w:val="00065C2C"/>
+    <w:rsid w:val="000769E2"/>
     <w:rsid w:val="000B7823"/>
     <w:rsid w:val="000C36B3"/>
     <w:rsid w:val="000C702F"/>
     <w:rsid w:val="000E1E69"/>
     <w:rsid w:val="000E2239"/>
+    <w:rsid w:val="000E64DD"/>
     <w:rsid w:val="00103070"/>
     <w:rsid w:val="00103B08"/>
     <w:rsid w:val="00112731"/>
     <w:rsid w:val="00121914"/>
     <w:rsid w:val="0016592E"/>
     <w:rsid w:val="001B61C1"/>
     <w:rsid w:val="001E7C8A"/>
     <w:rsid w:val="00200362"/>
     <w:rsid w:val="002300D1"/>
     <w:rsid w:val="00233655"/>
     <w:rsid w:val="002338F9"/>
     <w:rsid w:val="002A5FAC"/>
     <w:rsid w:val="002E7068"/>
     <w:rsid w:val="00335AC3"/>
     <w:rsid w:val="003D5C88"/>
     <w:rsid w:val="00454ECF"/>
     <w:rsid w:val="00462A3F"/>
+    <w:rsid w:val="00500AD4"/>
     <w:rsid w:val="00504EAF"/>
     <w:rsid w:val="0052385A"/>
     <w:rsid w:val="00537263"/>
     <w:rsid w:val="00586EE3"/>
     <w:rsid w:val="005B4324"/>
     <w:rsid w:val="0060642D"/>
     <w:rsid w:val="00611268"/>
     <w:rsid w:val="006442AE"/>
     <w:rsid w:val="006F6CAE"/>
     <w:rsid w:val="00710800"/>
     <w:rsid w:val="00731882"/>
     <w:rsid w:val="0073676D"/>
+    <w:rsid w:val="007A40DF"/>
     <w:rsid w:val="007B4C53"/>
     <w:rsid w:val="007D435B"/>
     <w:rsid w:val="00806B2D"/>
     <w:rsid w:val="0084083F"/>
     <w:rsid w:val="008A1E29"/>
     <w:rsid w:val="008B3EFD"/>
     <w:rsid w:val="008B6B17"/>
     <w:rsid w:val="008C0DCC"/>
     <w:rsid w:val="00911B6F"/>
     <w:rsid w:val="00912F68"/>
     <w:rsid w:val="00963686"/>
     <w:rsid w:val="009654A9"/>
     <w:rsid w:val="0097394D"/>
     <w:rsid w:val="009C1546"/>
     <w:rsid w:val="009C6736"/>
     <w:rsid w:val="009E6559"/>
+    <w:rsid w:val="009F16C5"/>
     <w:rsid w:val="00A272C2"/>
+    <w:rsid w:val="00A317C1"/>
     <w:rsid w:val="00AC5A6D"/>
     <w:rsid w:val="00B15308"/>
     <w:rsid w:val="00B66029"/>
     <w:rsid w:val="00B72014"/>
+    <w:rsid w:val="00B95612"/>
     <w:rsid w:val="00BC5EE4"/>
+    <w:rsid w:val="00BD407A"/>
     <w:rsid w:val="00BE41CE"/>
     <w:rsid w:val="00C952EB"/>
     <w:rsid w:val="00CB408C"/>
     <w:rsid w:val="00CD2F0E"/>
     <w:rsid w:val="00DD5D82"/>
+    <w:rsid w:val="00E11B63"/>
     <w:rsid w:val="00E237BE"/>
     <w:rsid w:val="00E26274"/>
     <w:rsid w:val="00E8010A"/>
     <w:rsid w:val="00EF5E17"/>
+    <w:rsid w:val="00F11580"/>
     <w:rsid w:val="00F771DA"/>
     <w:rsid w:val="00F775A8"/>
     <w:rsid w:val="00F90769"/>
     <w:rsid w:val="00FB1192"/>
     <w:rsid w:val="00FC16AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9218"/>
+    <o:shapedefaults v:ext="edit" spidmax="10242"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11643,51 +17083,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E237BE"/>
+    <w:rsid w:val="00E11B63"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
@@ -11769,58 +17209,86 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00710800"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1193497321">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1814833761">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12066,67 +17534,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7945</Characters>
+  <Pages>6</Pages>
+  <Words>2325</Words>
+  <Characters>12559</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9398</CharactersWithSpaces>
+  <CharactersWithSpaces>14855</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>mastewener.nery</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>