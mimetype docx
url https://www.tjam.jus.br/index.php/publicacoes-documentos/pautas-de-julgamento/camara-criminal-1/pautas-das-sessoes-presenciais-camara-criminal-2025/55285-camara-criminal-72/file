--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -268,51 +268,51 @@
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.ª SESSÃO ORDINÁRIA DA CÂMARA CRIMINAL – 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E138D" w:rsidRPr="00FB0411" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PRESIDENTE:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
@@ -403,50 +403,62 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>VEIGA</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>LIMA</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="006675BD" w:rsidRPr="00FB0411" w:rsidRDefault="006675BD" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="005E138D" w:rsidRPr="003B366A" w:rsidRDefault="005E138D" w:rsidP="005E138D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B366A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Secretário:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B366A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -866,51 +878,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Mesa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E138D" w:rsidRPr="00FB0411" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+    <w:p w:rsidR="0060614C" w:rsidRDefault="005E138D" w:rsidP="00AE7FC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="358"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>IV–</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -937,52 +949,62 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB0411">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Julgamento                        </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:r w:rsidR="00AE7FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="0060614C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="358"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E62651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
@@ -1028,3435 +1050,4219 @@
       <w:r w:rsidRPr="00E62651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
         <w:t>MESA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E138D" w:rsidRPr="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="0060614C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="358"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRPr="0060614C" w:rsidRDefault="0060614C" w:rsidP="00AE7FC9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="358"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
-[...48 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00B14537" w:rsidRPr="00B14537" w:rsidRDefault="00616D1F" w:rsidP="00B14537">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14537">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14537" w:rsidRPr="00B14537">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Habeas Corpus n.º 0018904-72.2025.8.04.9001</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14537">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Manaus </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14537" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>SUSTENTAÇÃO</w:t>
-[...37 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14537" w:rsidRPr="00B14537">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRPr="00DA6603" w:rsidRDefault="00B14537" w:rsidP="00B14537">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Origem: </w:t>
+      </w:r>
+      <w:r w:rsidR="00652930" w:rsidRPr="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930" w:rsidRPr="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ª Vara de Delitos de Tráfico de Drogas/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRPr="00DA6603" w:rsidRDefault="00B14537" w:rsidP="00B14537">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Impetrante e Advogado:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54058">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00652930" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wladimir Rabelo Neto</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidR="00652930" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20693</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRPr="00DA6603" w:rsidRDefault="00B14537" w:rsidP="00B14537">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pacientes: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dionis Rocha </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o Nascimento</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nilza Cezarino Concei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>çã</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00652930" w:rsidRDefault="00652930" w:rsidP="00B14537">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Impetrado: MM.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14537" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Juiz de Direito </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>da 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ª Vara de Delitos de Tráfico de Drogas/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRPr="00B14537" w:rsidRDefault="00B14537" w:rsidP="00B14537">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14537">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente: Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRPr="00506D95" w:rsidRDefault="00B14537" w:rsidP="00B14537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Relator: Exmo. Sr. DESEMBARGADOR ANSELMO CHÍXARO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRPr="007D07C5" w:rsidRDefault="008A12DC" w:rsidP="00B14537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14537" w:rsidRPr="007D07C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma. Sra. Desembargadora Vânia Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRPr="00506D95" w:rsidRDefault="00B14537" w:rsidP="00B14537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exma. Sra. Desembargadora Luiza Cristina Nascimento da Costa Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRPr="00506D95" w:rsidRDefault="00B14537" w:rsidP="00B14537">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00506D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Jorge Manoel Lopes Lins </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B14537" w:rsidRDefault="00B14537" w:rsidP="00B14537">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00506D95">
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506D95">
+        <w:t>de Justiça: Exm</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506D95">
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506D95">
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506D95">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D40E7E">
-[...24 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:r w:rsidR="00652930">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00652930" w:rsidRPr="00652930">
+        <w:t xml:space="preserve">Marlene Franco </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC594E">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930" w:rsidRPr="00652930">
+        <w:t>a Silva</w:t>
+      </w:r>
+      <w:r w:rsidR="00652930">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRPr="006C1E83" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1E83">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1E83">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Habeas Corpus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1E83">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>n.º 0019900-70.2025.8.04.9001</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561557">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Manaus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Agravada: Priscila Marcolino Coutinho</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+        <w:t>Origem: 7</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ª Vara Criminal da Comarca de Manaus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Advogado: Dr. Mario Vitor Magalhães Aufiero (OAB/AM n.º 8787) </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRPr="00A44A24" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+        <w:t>Impetrante</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> e Advogada: Dra. Maria Goreth Terças de Oliveira (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3735</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...170 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRPr="00A44A24" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      </w:pPr>
+      <w:r>
+        <w:t>Paciente: João Pedro da Rocha Alves</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="0060614C" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...51 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRPr="00A44A24" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Impetrado: MM. Juiz de Direito </w:t>
+      </w:r>
+      <w:r w:rsidR="006C1E83">
+        <w:t>da 7</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1E83">
+        <w:t>.ª</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1E83">
+        <w:t xml:space="preserve"> Vara Criminal da Capital/</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1E83">
+        <w:t>AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRPr="00C724EC" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A44A24">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Henrique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Veiga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Exma.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A44A24">
-        <w:rPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A44A24">
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Sra.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A44A24">
-[...21 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>LUIZA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CRISTINA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>NASCIMENTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007668A8">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>COSTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>MARQUES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRPr="00EA0646" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-        </w:rPr>
-[...267 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jorge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
-          <w:highlight w:val="yellow"/>
-[...177 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manoel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lopes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...1453 lines deleted...]
-    <w:p w:rsidR="00464F0F" w:rsidRPr="00B23C54" w:rsidRDefault="00464F0F" w:rsidP="00464F0F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRPr="00C724EC" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRPr="00C724EC" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B23C54">
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Vânia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B23C54">
-[...36 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83" w:rsidP="006C1E83">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:t>Procurador de Justiça: Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Aguinelo Balbi Júnior</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRPr="006675BD" w:rsidRDefault="0060614C" w:rsidP="006C1E83">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRPr="0060614C" w:rsidRDefault="006C1E83" w:rsidP="00B14537">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC594E" w:rsidRPr="00C902A2" w:rsidRDefault="00CC594E" w:rsidP="005E138D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...23 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00464F0F" w:rsidRPr="00B23C54" w:rsidRDefault="00464F0F" w:rsidP="00464F0F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>PAUTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>JULGAMENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRPr="0060614C" w:rsidRDefault="0060614C" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B54058" w:rsidRPr="00F103F3" w:rsidRDefault="00B54058" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRDefault="0060614C" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Apelação n.º 0102189-07.2025.8.04.1000 -Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DA6603" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ª V.E.C.U.T.E.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DA6603" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ricardo Gouvea Magalhães</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rodrigo Gouveia de Magalhaes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03DAC" w:rsidRPr="00A03DAC" w:rsidRDefault="002937CB" w:rsidP="00A03DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogado: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A03DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A03DAC" w:rsidRPr="00A03DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rodrigo Vieira Freitas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03DAC" w:rsidRPr="00A03DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OAB/AM</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n.º</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03DAC" w:rsidRPr="00A03DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13.219</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03DAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00251E78" w:rsidRDefault="002937CB" w:rsidP="00A03DAC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministério Público </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o Estado </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amazonas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="001E01AC" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="001E01AC" w:rsidRDefault="002937CB" w:rsidP="002937CB">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...33 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Exma.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02C07">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Sra.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D02C07">
-[...664 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRPr="003D26CA" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>DESEMBARGADORA VÂNIA MARQUES MARINHO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="001E01AC" w:rsidRDefault="002937CB" w:rsidP="002937CB">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Revisora: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:t xml:space="preserve">Exma. Sra. Desembargadora </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-[...38 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E74B5" w:rsidRPr="00DD02CF" w:rsidRDefault="002937CB" w:rsidP="000E74B5">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-[...80 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRPr="003D26CA" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:r w:rsidR="000E74B5" w:rsidRPr="00DD02CF">
+        <w:t>Exmo. Sr. Desembargador Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DD02CF" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>Exmo. Sr. Desembargador Anselmo Chíxaro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00B267E4" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procuradora de Justiça: Exma. Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B267E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Dra. Neyde Regina Demósthenes Trindade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="002937CB" w:rsidP="0060614C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t xml:space="preserve"> prolator</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t xml:space="preserve"> da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:t>Rosália Guimarães Sarmento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="0060614C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRDefault="0060614C" w:rsidP="0060614C">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>) Apelação n.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>º 0652718-70.2019.8.04.0001-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00DA6603">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ª Vara Criminal da Comarca de Manaus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="00DA6603" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amazonas Distribuidora </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Energia S.A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C902A2" w:rsidRPr="00DA6603" w:rsidRDefault="00B73397" w:rsidP="00C902A2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advogad</w:t>
+      </w:r>
+      <w:r w:rsidR="00C902A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a: Dra. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C902A2" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Valeria Kassai</w:t>
+      </w:r>
+      <w:r w:rsidR="00C902A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/SP n.º </w:t>
+      </w:r>
+      <w:r w:rsidR="00C902A2" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>347927</w:t>
+      </w:r>
+      <w:r w:rsidR="00C902A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C902A2" w:rsidRPr="00C902A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C902A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apelada: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Clarisse de Menezes Campos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="00DA6603" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Defensor Público: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fernando Figueiredo Serejo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mestrinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="00251E78" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministério Público </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o Estado </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amazonas </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="001E01AC" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="001E01AC" w:rsidRDefault="00B73397" w:rsidP="00B73397">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>DESEMBARGADORA VÂNIA MARQUES MARINHO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="001E01AC" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Revisora: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:t xml:space="preserve">Exma. Sra. Desembargadora </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="00DD02CF" w:rsidRDefault="00B73397" w:rsidP="000E74B5">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidR="000E74B5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>Exmo. Sr. Desembargador Jorge Manoel Lopes Lins</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="00DD02CF" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>Exmo. Sr. Desembargador Anselmo Chíxaro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRPr="00B73397" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procuradora de Justiça: Exma. Sra. Dra. Sarah Pirangy de Souza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B73397" w:rsidRDefault="00B73397" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>íza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B73397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Scarlet Braga Barbosa Viana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E74B5" w:rsidRDefault="000E74B5" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="00B73397">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00B97618" w:rsidRDefault="0060614C" w:rsidP="00B97618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2540">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97618" w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelação n.º 0214773-75.2023.8.04.0001</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97618" w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97618" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97618">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97618" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97618" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00B97618" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Origem: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.ª Vara de Delitos de Tráfico de Drogas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00B97618" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante: Ministério Público do Estado do Amazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00B97618" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelados: Narcisio Passos de Freitas e Ralina Bandeira Moraes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00B97618" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advogado: Dr. Marcelo Gonçalves de Oliveira (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OAB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/AM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n.º</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4896)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00C724EC" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Revisor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Henrique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Veiga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>LUIZA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CRISTINA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>NASCIMENTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>COSTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>MARQUES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00EA0646" w:rsidRDefault="00B97618" w:rsidP="000E74B5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jorge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manoel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lopes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00C724EC" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRPr="00C724EC" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Vânia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRDefault="00B97618" w:rsidP="00B97618">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador de Justiça: Dr. José Bernardo Ferreira Júnior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>íza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dra. Rosália Guimarães Sarmento</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B97618" w:rsidRDefault="00B97618" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRDefault="0060614C" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60A1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2540" w:rsidRPr="00B267E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Recurso em Sentido Estrito</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2540">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2540" w:rsidRPr="00B267E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n.º 0203203-58.2024.8.04.0001</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2540" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2540">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Manaus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRPr="00DA6603" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ª Vara do Tribunal do Júri da Comarca de Manaus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B267E4">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Recorrente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gil Romero Machado Batista </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRPr="00DA6603" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogado: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vilson Gomes Benayon Filho </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(OAB/AM n.º</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4820</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006200D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRPr="00DA6603" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Recorrido</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministério Público do Estado do Amazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRPr="00DA6603" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interessada:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD2540">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paula Christina Souza </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a Silva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogadas: Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Goreth Campos Rubim</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8542</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Larissa Campos Rubim</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11145</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRPr="003D26CA" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Presidente e Relator:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DESEMBARGADOR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>HENRIQUE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>VEIGA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>LIMA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRPr="003D26CA" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jorge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manoel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lopes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lins</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRPr="003D26CA" w:rsidRDefault="00FD2540" w:rsidP="000E74B5">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRPr="003D26CA" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D26CA">
         <w:t>Exma.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
         <w:t>Sra.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
         <w:t>Desembargadora</w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
@@ -4468,9627 +5274,4032 @@
       <w:r w:rsidRPr="003D26CA">
         <w:t>Vânia</w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
         <w:t>Marques</w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D26CA">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Marinho</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+    <w:p w:rsidR="00FD2540" w:rsidRPr="003D26CA" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD67A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador de Justiça: Exmo. Sr. Dr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD2540">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Carlos Lélio Lauria Ferreira</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD2540" w:rsidRDefault="00FD2540" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prolator da sentença: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C93310">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr. D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD2540">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>r. Fábio Lopes Alfaia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F103F3" w:rsidRDefault="00F103F3" w:rsidP="000F66A3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="000F66A3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="000F66A3">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F66A3" w:rsidRPr="00E60A1D" w:rsidRDefault="000F66A3" w:rsidP="00FD2540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60A1D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D5C0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>SEGREDO DE JUSTIÇA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5C0F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60A1D" w:rsidRPr="00E60A1D" w:rsidRDefault="00E60A1D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRDefault="00E60A1D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D5C0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>PAUTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5C0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5C0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>EM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5C0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D5C0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>MESA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRPr="00095F19" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRPr="00B73397" w:rsidRDefault="0060614C" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Habeas Corpus n</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83286" w:rsidRPr="00B83286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>º 0016833-97.2025.8.04.9001-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manaus </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83286" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83286">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83286" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83286" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Origem: 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">º Juizado Especializado da Violência Doméstica </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impetrantes e Advogados: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Emerson Pax</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pinto Oliveira</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9435</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRPr="00DA6603" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Caio Coelho Redig</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14400</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRPr="00DA6603" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fernando Eduardo Batista</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dinelly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19620</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRPr="00DA6603" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Raphael Skrobot Barbosa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Grosso Filho</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15800</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRPr="00DA6603" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paciente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007777E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="007777E4" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Segredo</w:t>
+      </w:r>
+      <w:r w:rsidR="007777E4" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007777E4" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="007777E4" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007777E4" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Justiça</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRPr="00DA6603" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impetrado: MM. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iz de Direito da Vara do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>º Juizado Esp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da Violência Doméstica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRPr="00B23C54" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relator:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DESEMBARGADOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>JORGE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>MANOEL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">LOPES </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>LINS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRPr="00B23C54" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37DB4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B4371">
+        <w:t>Exma. Sra. Desembargadora Vânia Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B83286" w:rsidRDefault="00B83286" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador de Justiça: Exm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Públio Caio Bessa Cyrino</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="00B83286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F71BA2" w:rsidRPr="00E60A1D" w:rsidRDefault="00F71BA2" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRDefault="0060614C" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00543DF9" w:rsidRPr="00464F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Habeas Corpus </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00543DF9" w:rsidRPr="00464F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>º0017580-47.2025.8.04.9001</w:t>
+      </w:r>
+      <w:r w:rsidR="00543DF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Manaus </w:t>
+      </w:r>
+      <w:r w:rsidR="00543DF9" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00543DF9" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Origem: Vara de Garantias </w:t>
+      </w:r>
+      <w:r w:rsidR="00E219B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inquéritos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRPr="00DA6603" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Impetrante e Advogada: Dra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00652930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Caroline Ribeiro Frota Moreira </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(OAB/AM n.º</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5670</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paciente: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Segredo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73397" w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Justiça</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRPr="00DA6603" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impetrado: MM. Juiz de Direito da </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vara </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e Garantias </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRPr="00B23C54" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relator:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DESEMBARGADOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>JORGE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>MANOEL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">LOPES </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40D1D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>LINS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRPr="00B23C54" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D37DB4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23C54">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B4371">
+        <w:t>Exma. Sra. Desembargadora Vânia Marques Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00543DF9" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargadora Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D02C07">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71BA2" w:rsidRDefault="00543DF9" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador</w:t>
+      </w:r>
+      <w:r w:rsidR="00382C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Justiça: Exm</w:t>
+      </w:r>
+      <w:r w:rsidR="00382C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Sr</w:t>
+      </w:r>
+      <w:r w:rsidR="00382C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Dr</w:t>
+      </w:r>
+      <w:r w:rsidR="00382C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0015434A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00382C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00382C54" w:rsidRPr="00382C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marlene Franco </w:t>
+      </w:r>
+      <w:r w:rsidR="00382C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00382C54" w:rsidRPr="00382C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a Silva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRDefault="00B34752" w:rsidP="00543DF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRPr="00AE6223" w:rsidRDefault="0060614C" w:rsidP="00B34752">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6223">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752" w:rsidRPr="00AE6223">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Habeas Criminal </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6223" w:rsidRPr="00AE6223">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>nº 0019383-65.2025.8.04.9001</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6223">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Manaus </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6223" w:rsidRPr="00AE6223">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRDefault="00AE6223" w:rsidP="00B34752">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Origem: Vara de Garantias Inquéritos da Comarca de Manaus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRDefault="00AE6223" w:rsidP="00B34752">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Impetrante</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s e Advogados: Dr. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Emerson Siqueira Pereira</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (OAB/AM n.º</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752">
+        <w:t>10338</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRDefault="00AE6223" w:rsidP="00B34752">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dr. Allan Yunes da Rocha (OAB/AM n.º</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752">
+        <w:t>12748</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRDefault="00AE6223" w:rsidP="00B34752">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Paciente: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752">
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752">
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752">
+        <w:t xml:space="preserve"> F</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752">
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Segredo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Justiça</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRDefault="00AE6223" w:rsidP="00B34752">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Impetrado: MM. Juiz </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752">
+        <w:t>da Vara de Garantias Penais e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34752">
+        <w:t>Inquéritos Policiais de Manaus/AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRPr="00C724EC" w:rsidRDefault="00B34752" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Exmo.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-        <w:rPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desembargador</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Henrique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Veiga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003D26CA">
+        <w:t>Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRDefault="00B34752" w:rsidP="00B34752">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Desa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>LUIZA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CRISTINA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>NASCIMENTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>COSTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>MARQUES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRPr="00EA0646" w:rsidRDefault="00B34752" w:rsidP="006C1E83">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exmo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Sr.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-        <w:rPr>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D26CA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Desembargador</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-        <w:rPr>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D26CA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Jorge</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-        <w:rPr>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D26CA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Manoel</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-        <w:rPr>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D26CA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lopes </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-        <w:rPr>
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lins</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-[...307 lines deleted...]
-    <w:p w:rsidR="00E219B9" w:rsidRPr="003D26CA" w:rsidRDefault="00E219B9" w:rsidP="00E219B9">
+      <w:r w:rsidRPr="00EA0646">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRPr="00C724EC" w:rsidRDefault="00B34752" w:rsidP="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t xml:space="preserve">Exmo. Sr. Desembargador Anselmo Chíxaro </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRPr="00C724EC" w:rsidRDefault="00B34752" w:rsidP="00B34752">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Exma.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Sra.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Desembargadora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Vânia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-[...60 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C724EC">
+        <w:t>Marques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C724EC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marinho</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34752" w:rsidRDefault="00B34752" w:rsidP="00B34752">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97618">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Procurador de Justiça: Dr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6223" w:rsidRPr="00AE6223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aguinelo Balbi Júnior</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE6223" w:rsidRDefault="00AE6223" w:rsidP="00B34752">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="00B34752">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="00B34752">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="00B34752">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="00B34752">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRPr="00B73397" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B14BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">SEGREDO DE JUSTIÇA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRPr="00DF747F" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRPr="00BA1F17" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>PAUTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+        <w:t>JULGAMENTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F71BA2" w:rsidRPr="00F103F3" w:rsidRDefault="00F71BA2" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00B73397" w:rsidRDefault="002937CB" w:rsidP="005E138D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRDefault="00B73397" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0060614C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Apelação n.º 0691311-37.2020.8.04.0001-Manaus</w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00561557">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rStyle w:val="CorpodetextoChar"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SUSTENTAÇÃO ORAL</w:t>
+      </w:r>
+      <w:r w:rsidR="002937CB" w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DA6603" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Origem: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ª Vara Esp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em Crimes contra a Dignidade Sexual contra as Crianças e Adol</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DA6603" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Segredo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082FC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...30 lines deleted...]
-    <w:p w:rsidR="00E219B9" w:rsidRPr="003D26CA" w:rsidRDefault="00E219B9" w:rsidP="00E219B9">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFBF00"/>
+        </w:rPr>
+        <w:t>Justiça</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DA6603" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advogados: Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bianca Mendes Ribeiro </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(OAB/AM n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15198</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DA6603" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ronaldo Laercio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Oliveira</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Azevedo Filho</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (OAB/MG n.º </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>182874</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DA6603" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apelado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ministério Público do Estado do Amazonas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="001E01AC" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presidente:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="001E01AC" w:rsidRDefault="002937CB" w:rsidP="002937CB">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D26CA">
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Relatora:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Exma.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003D26CA">
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Sra.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-[...18 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D26CA">
-[...2116 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="001E01AC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> Exmo. Sr. Desembargador Henrique Veiga Lima</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>DESEMBARGADORA VÂNIA MARQUES MARINHO</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002937CB" w:rsidRPr="001E01AC" w:rsidRDefault="002937CB" w:rsidP="002937CB">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Revisora: </w:t>
+      </w:r>
       <w:r w:rsidRPr="001E01AC">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>Relatora:</w:t>
+        <w:t xml:space="preserve">Exma. Sra. Desembargadora </w:t>
       </w:r>
       <w:r w:rsidRPr="001E01AC">
         <w:rPr>
-          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Luiza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nascimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E01AC">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E01AC">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Exma.</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
       </w:r>
       <w:r w:rsidRPr="001E01AC">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:spacing w:val="-9"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E01AC">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Sra.</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Costa</w:t>
       </w:r>
       <w:r w:rsidRPr="001E01AC">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:spacing w:val="-9"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E01AC">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w:rsidR="002937CB" w:rsidRPr="001E01AC" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Marques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00DD02CF" w:rsidRDefault="002937CB" w:rsidP="000E74B5">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="001E01AC">
-        <w:t xml:space="preserve">Exma. Sra. Desembargadora </w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Membros:</w:t>
       </w:r>
       <w:r w:rsidRPr="001E01AC">
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...83 lines deleted...]
-          <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Exma. Sra. Desembargadora Carla Maria Santos dos Reis</w:t>
+      <w:r w:rsidRPr="00DD02CF">
+        <w:t>Exmo. Sr. Desembargador Jorge Manoel Lopes Lins</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002937CB" w:rsidRPr="00DD02CF" w:rsidRDefault="002937CB" w:rsidP="002937CB">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD02CF">
-        <w:t>Exmo. Sr. Desembargador Jorge Manoel Lopes Lins</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002937CB" w:rsidRPr="00DD02CF" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+        <w:t>Exmo. Sr. Desembargador Anselmo Chíxaro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRPr="00B267E4" w:rsidRDefault="002937CB" w:rsidP="002937CB">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
+      <w:r w:rsidRPr="00B267E4">
+        <w:t xml:space="preserve">Procuradora de Justiça: Exma. Sra. Dra. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002937CB">
+        <w:t>Sílvia Abdala Tuma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002937CB" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DD02CF">
-        <w:t>Exmo. Sr. Desembargador Anselmo Chíxaro</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Juiz prolator da sentença: Exmo. Sr. Dr.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="002937CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3686 lines deleted...]
-    <w:p w:rsidR="000F66A3" w:rsidRPr="00E60A1D" w:rsidRDefault="000F66A3" w:rsidP="00FD2540">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rosberg de Souza Crozara</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="0060614C" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F71BA2" w:rsidRDefault="00F71BA2" w:rsidP="002937CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E60A1D" w:rsidRDefault="005E138D" w:rsidP="005E138D">
-[...33 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00F103F3" w:rsidRPr="00F103F3" w:rsidRDefault="00F103F3" w:rsidP="002937CB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E138D" w:rsidRDefault="00E60A1D" w:rsidP="005E138D">
+    <w:p w:rsidR="002937CB" w:rsidRPr="00B73397" w:rsidRDefault="002937CB" w:rsidP="002937CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="6"/>
-        <w:jc w:val="center"/>
-[...2062 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002937CB" w:rsidRDefault="00B73397" w:rsidP="002937CB">
-[...669 lines deleted...]
-    <w:p w:rsidR="002937CB" w:rsidRPr="00DD02CF" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="00B73397">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DD02CF">
-[...3 lines deleted...]
-    <w:p w:rsidR="002937CB" w:rsidRPr="00DD02CF" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+      <w:r>
+        <w:t xml:space="preserve">Manaus, 3 de novembro de 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B31B8" w:rsidRDefault="007B31B8" w:rsidP="00B73397">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DD02CF">
-[...3 lines deleted...]
-    <w:p w:rsidR="002937CB" w:rsidRPr="00B267E4" w:rsidRDefault="002937CB" w:rsidP="002937CB">
+    </w:p>
+    <w:p w:rsidR="0060614C" w:rsidRDefault="00F103F3" w:rsidP="00B73397">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B267E4">
-[...64 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="00B73397">
+      <w:r>
+        <w:t xml:space="preserve">Mastewener Abreu Nery </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000310FC" w:rsidRDefault="00F103F3" w:rsidP="00B73397">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Manaus, 3 de novembro de 2025. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000310FC" w:rsidRDefault="000310FC" w:rsidP="00B73397">
+        <w:t>Matrícula</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>n.º</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>M33901</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F103F3" w:rsidRDefault="005E138D">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="000310FC" w:rsidRDefault="000310FC" w:rsidP="00B73397">
+      <w:r>
+        <w:t>Secretário</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Câmara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F103F3">
+        <w:t xml:space="preserve">Criminal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E5FCC" w:rsidRDefault="002E5FCC">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="005E138D" w:rsidRDefault="005E138D" w:rsidP="00B73397">
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r>
-[...30 lines deleted...]
-    <w:p w:rsidR="00DA6603" w:rsidRDefault="005E138D" w:rsidP="00B73397">
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:r>
-[...30 lines deleted...]
-    <w:sectPr w:rsidR="00DA6603" w:rsidSect="009D6B37">
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C1E83" w:rsidRDefault="006C1E83">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00915EA6" w:rsidRDefault="00915EA6" w:rsidP="002E5FCC">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00915EA6" w:rsidSect="009D6B37">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14098,99 +9309,118 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="230"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="005E138D"/>
     <w:rsid w:val="00016310"/>
     <w:rsid w:val="000310FC"/>
+    <w:rsid w:val="000A3CA3"/>
     <w:rsid w:val="000E0D05"/>
+    <w:rsid w:val="000E74B5"/>
     <w:rsid w:val="000F66A3"/>
     <w:rsid w:val="00185E8B"/>
     <w:rsid w:val="002937CB"/>
+    <w:rsid w:val="002E5FCC"/>
     <w:rsid w:val="00382C54"/>
     <w:rsid w:val="00462B4D"/>
     <w:rsid w:val="00464F0F"/>
     <w:rsid w:val="00543DF9"/>
     <w:rsid w:val="00561557"/>
     <w:rsid w:val="005E138D"/>
+    <w:rsid w:val="0060614C"/>
+    <w:rsid w:val="00616D1F"/>
     <w:rsid w:val="006200D9"/>
     <w:rsid w:val="00652930"/>
+    <w:rsid w:val="006675BD"/>
+    <w:rsid w:val="006715C9"/>
+    <w:rsid w:val="006C1E83"/>
     <w:rsid w:val="007777E4"/>
+    <w:rsid w:val="007B31B8"/>
     <w:rsid w:val="00891200"/>
+    <w:rsid w:val="008A12DC"/>
+    <w:rsid w:val="008A39BA"/>
+    <w:rsid w:val="00915EA6"/>
     <w:rsid w:val="009D6B37"/>
+    <w:rsid w:val="00A03DAC"/>
     <w:rsid w:val="00A4782F"/>
+    <w:rsid w:val="00AE6223"/>
+    <w:rsid w:val="00AE7FC9"/>
     <w:rsid w:val="00B14537"/>
     <w:rsid w:val="00B267E4"/>
+    <w:rsid w:val="00B34752"/>
     <w:rsid w:val="00B54058"/>
     <w:rsid w:val="00B73397"/>
     <w:rsid w:val="00B83286"/>
     <w:rsid w:val="00B97618"/>
     <w:rsid w:val="00C100C4"/>
     <w:rsid w:val="00C2062F"/>
     <w:rsid w:val="00C7082D"/>
+    <w:rsid w:val="00C902A2"/>
     <w:rsid w:val="00CB3615"/>
+    <w:rsid w:val="00CC594E"/>
     <w:rsid w:val="00DA6603"/>
     <w:rsid w:val="00E219B9"/>
     <w:rsid w:val="00E60A1D"/>
+    <w:rsid w:val="00F103F3"/>
     <w:rsid w:val="00F71BA2"/>
     <w:rsid w:val="00FD2540"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="8194"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -14316,51 +9546,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F71BA2"/>
+    <w:rsid w:val="006C1E83"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
@@ -14747,67 +9977,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11995</Characters>
+  <Pages>4</Pages>
+  <Words>1299</Words>
+  <Characters>7018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14188</CharactersWithSpaces>
+  <CharactersWithSpaces>8301</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>mastewener.nery</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>